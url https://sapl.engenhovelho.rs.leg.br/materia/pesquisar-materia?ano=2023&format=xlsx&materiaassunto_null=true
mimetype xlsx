--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -51,399 +51,399 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_01_-_2023_-_autoriza_a_adquirir_bem_e_ceder_em_uso_-_embutideira.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_01_-_2023_-_autoriza_a_adquirir_bem_e_ceder_em_uso_-_embutideira.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ENGENHO VELHO/RS A ADQUIRIR E CEDER A TÍTULO DE PERMISSÃO DE USO MÁQUINA EMBUTIDORA / ENSACADORA DE LINGUIÇA / SALAME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_02_-_2023_-_altera_lei_corede.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_02_-_2023_-_altera_lei_corede.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° LEI MUNICIPAL N.º 0943/2019, DE 22 DE JANEIRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_03_-_2023_-_revisao_geral_servidores_-_2023.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_03_-_2023_-_revisao_geral_servidores_-_2023.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DOS SERVIDORES - ART. 37, X, DA CF, AOS VENCIMENTOS DOS SERVIDORES, QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei_04_-_2023_-_cria_cargo_de_confianca_de_assessor_de_imprensa.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei_04_-_2023_-_cria_cargo_de_confianca_de_assessor_de_imprensa.doc</t>
   </si>
   <si>
     <t>CRIA CARGO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_05_-_2023_-_autoriza_auxilio_financeiro_a_policia_civil.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_05_-_2023_-_autoriza_auxilio_financeiro_a_policia_civil.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXILIO FINANCEIRO AO GRUPO DE APOIO À POLÍCIA CIVIL (GAPC).</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_06_-_2023_-_altera_a_lei_municipal_no_0996_-_2021_a_qual_define_imprensa_oficial.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_06_-_2023_-_altera_a_lei_municipal_no_0996_-_2021_a_qual_define_imprensa_oficial.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 0996/2021, DE 20 DE ABRIL DE 2021, A QUAL DEFINE O ÓRGÃO DE IMPRENSA OFICIAL DO MUNICÍPIO DE ENGENHO VELHO – RS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_07_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_monitor.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_07_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_monitor.doc</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 13 DA LEI MUNICIPAL N° 768/2012, DE 14 DE NOVEMBRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_09_-_2023_-_2023_-_altera_lei_conselho_tutelar.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_09_-_2023_-_2023_-_altera_lei_conselho_tutelar.doc</t>
   </si>
   <si>
     <t>“ALTERA O ARTIGO 13 DA LEI MUNICIPAL N° 0844/2015, DE 07 DE ABRIL DE 2015 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_10_-_2023_-_autoriza_aporte_financeiro_de_programa_habitacional_da_comunidade_indigena.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_10_-_2023_-_autoriza_aporte_financeiro_de_programa_habitacional_da_comunidade_indigena.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARTICIPAR COM APORTE FINANCEIRO DE PROGRAMA HABITACIONAL DA COMUNIDADE INDÍGENA.”</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_11_-_2023_-_autoriza_auxilio_financeiro_a_comunidade_indigena_-_dia_do_indio.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_11_-_2023_-_autoriza_auxilio_financeiro_a_comunidade_indigena_-_dia_do_indio.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS EM COMEMORAÇÃO AO “DIA DO ÍNDIO” PARA A COMUNIDADE INDÍGENA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_12_-_2023_-_auoriza_alinacao_de_imovel_-_area_rural.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_12_-_2023_-_auoriza_alinacao_de_imovel_-_area_rural.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE PARTE DE IMÓVEL RURAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_13_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_agente_de_comunicacao.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_13_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_agente_de_comunicacao.doc</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_14_-_2023_-_institui_conselho_de_cultura.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_14_-_2023_-_institui_conselho_de_cultura.docx</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>“AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_16_-_2023_-_extinge_cargo_vago_de_enfermeira_-_instituido_pela_lei_municipal_128-1995.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_16_-_2023_-_extinge_cargo_vago_de_enfermeira_-_instituido_pela_lei_municipal_128-1995.doc</t>
   </si>
   <si>
     <t>“EXTINGUE CARGO VAGO DE ENFERMEIRA INSTITUIDO PELA LEI Nº 128/1995, DE 29 DE SETEMBRO DE 1995, CRIA CARGO DE PROVIMENTO EFETIVO, ESTABELECE SUAS ATRIBUIÇÕES DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_17_-_2023_-_institui_o_fundo_municipal_de_cultura.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_17_-_2023_-_institui_o_fundo_municipal_de_cultura.docx</t>
   </si>
   <si>
     <t>“INSTITUI O FUNDO MUNICIPAL DE CULTURA (FMC) E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_18_-_2023_-_autoriza_a_responsabilidade_pela_distribuicao_-_manutencao_e_cobranca_da_agua.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_18_-_2023_-_autoriza_a_responsabilidade_pela_distribuicao_-_manutencao_e_cobranca_da_agua.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A DISPOR SOBRE AS NORMAS PARA FIXAÇÃO, LANÇAMENTO E ARRECADAÇÃO DE TARIFAS DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA PARA O CONSUMO HUMANO NO MUNICÍPIO DE ENGENHO VELHO – RS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A REALIZAR O PAGAMENTO DE INDENIZAÇÃO PARA FINS DE DESAPROPRIAÇÃO AMIGÁVEL, COM ÔNUS, PELO MUNICÍPIO DE ENGENHO VELHO - RS, DE IMÓVEL COM ÁREA 2.678,66 M², E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_20_-_2023_-_autoriza_auxilio_financeiro_a_brigada_militar.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_20_-_2023_-_autoriza_auxilio_financeiro_a_brigada_militar.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXILIO FINANCEIRO AO CONSELHO MUNICIPAL DE DEFESA E SEGURANÇA DA COMUNIDADE DE CONSTANTINA (CONDESC).”</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_21_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-tec._enf._pim._veterinario.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_21_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-tec._enf._pim._veterinario.doc</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_22_-_2023_-_autoriza_a_repassra_recursos_do_piso_enfermagem.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_22_-_2023_-_autoriza_a_repassra_recursos_do_piso_enfermagem.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO PODER EXECUTIVO A REPASSAR OS RECURSOS PROVENIENTES DA UNIÃO PARA COMPLEMENTAÇÃO DA REMUNERAÇÃO DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA”.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_23-2023_ldo-2024.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_23-2023_ldo-2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_24_-_2023_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_motorista.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_24_-_2023_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_motorista.doc</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_25_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_varios_cargos.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_25_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_varios_cargos.doc</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_26_-_2023_-_diagnostico_tecnico_socioambiental.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_26_-_2023_-_diagnostico_tecnico_socioambiental.docx</t>
   </si>
   <si>
     <t>DEFINE AS METRAGENS DE ÁREAS DE PRESERVAÇÃO PERMANENTE EM ÁREAS URBANAS CONSOLIDADAS, NOS TERMOS DA LEI FEDERAL Nº 12.651/2012, (AS ÁREAS NÃO EDIFICANTES, NOS TERMOS DA LEI FEDERAL Nº 6.766/1979) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_27_loa_com_anexo.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_27_loa_com_anexo.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ENGENHO VELHO PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_28_-_2023_-_criacao_do_fundo_de_defesa_civil.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_28_-_2023_-_criacao_do_fundo_de_defesa_civil.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 285/2014, DE 23 DE SETEMBRO DE 2014, E AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O FUNDO MUNICIPAL DA DEFESA CIVIL, APONTA RECURSOS E DÁ OUTRASPROVIDÊNCIAS</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_29_-_2023_-_altera_lei_do_subsidio_da_terceirizacao_de_horas_maquinas_para_silagem.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_29_-_2023_-_altera_lei_do_subsidio_da_terceirizacao_de_horas_maquinas_para_silagem.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1043/2022 DE 25 DE OUTUBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_30_-_2023_-_altera_lei_no_1076-2023_-_contratacao_emergencial.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_30_-_2023_-_altera_lei_no_1076-2023_-_contratacao_emergencial.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1076/2023 DE 22 DE NOVEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_do_legislativo_reajuste_2023.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_do_legislativo_reajuste_2023.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL E ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE VEREADORES, REPOSIÇÃO NOS SUBSÍDIOS DOS VEREADORES, PREFEITO, VICE-PREFEITO E SECRETÁRIOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -750,68 +750,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_01_-_2023_-_autoriza_a_adquirir_bem_e_ceder_em_uso_-_embutideira.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_02_-_2023_-_altera_lei_corede.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_03_-_2023_-_revisao_geral_servidores_-_2023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei_04_-_2023_-_cria_cargo_de_confianca_de_assessor_de_imprensa.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_05_-_2023_-_autoriza_auxilio_financeiro_a_policia_civil.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_06_-_2023_-_altera_a_lei_municipal_no_0996_-_2021_a_qual_define_imprensa_oficial.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_07_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_monitor.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_09_-_2023_-_2023_-_altera_lei_conselho_tutelar.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_10_-_2023_-_autoriza_aporte_financeiro_de_programa_habitacional_da_comunidade_indigena.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_11_-_2023_-_autoriza_auxilio_financeiro_a_comunidade_indigena_-_dia_do_indio.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_12_-_2023_-_auoriza_alinacao_de_imovel_-_area_rural.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_13_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_agente_de_comunicacao.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_14_-_2023_-_institui_conselho_de_cultura.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_16_-_2023_-_extinge_cargo_vago_de_enfermeira_-_instituido_pela_lei_municipal_128-1995.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_17_-_2023_-_institui_o_fundo_municipal_de_cultura.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_18_-_2023_-_autoriza_a_responsabilidade_pela_distribuicao_-_manutencao_e_cobranca_da_agua.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_20_-_2023_-_autoriza_auxilio_financeiro_a_brigada_militar.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_21_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-tec._enf._pim._veterinario.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_22_-_2023_-_autoriza_a_repassra_recursos_do_piso_enfermagem.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_23-2023_ldo-2024.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_24_-_2023_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_motorista.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_25_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_varios_cargos.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_26_-_2023_-_diagnostico_tecnico_socioambiental.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_27_loa_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_28_-_2023_-_criacao_do_fundo_de_defesa_civil.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_29_-_2023_-_altera_lei_do_subsidio_da_terceirizacao_de_horas_maquinas_para_silagem.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_30_-_2023_-_altera_lei_no_1076-2023_-_contratacao_emergencial.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_do_legislativo_reajuste_2023.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_01_-_2023_-_autoriza_a_adquirir_bem_e_ceder_em_uso_-_embutideira.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_02_-_2023_-_altera_lei_corede.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_03_-_2023_-_revisao_geral_servidores_-_2023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei_04_-_2023_-_cria_cargo_de_confianca_de_assessor_de_imprensa.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_05_-_2023_-_autoriza_auxilio_financeiro_a_policia_civil.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_06_-_2023_-_altera_a_lei_municipal_no_0996_-_2021_a_qual_define_imprensa_oficial.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_07_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_monitor.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_09_-_2023_-_2023_-_altera_lei_conselho_tutelar.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_10_-_2023_-_autoriza_aporte_financeiro_de_programa_habitacional_da_comunidade_indigena.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_11_-_2023_-_autoriza_auxilio_financeiro_a_comunidade_indigena_-_dia_do_indio.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_12_-_2023_-_auoriza_alinacao_de_imovel_-_area_rural.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_13_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_agente_de_comunicacao.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_14_-_2023_-_institui_conselho_de_cultura.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_16_-_2023_-_extinge_cargo_vago_de_enfermeira_-_instituido_pela_lei_municipal_128-1995.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_17_-_2023_-_institui_o_fundo_municipal_de_cultura.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_18_-_2023_-_autoriza_a_responsabilidade_pela_distribuicao_-_manutencao_e_cobranca_da_agua.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_20_-_2023_-_autoriza_auxilio_financeiro_a_brigada_militar.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_21_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-tec._enf._pim._veterinario.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_22_-_2023_-_autoriza_a_repassra_recursos_do_piso_enfermagem.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_lei_23-2023_ldo-2024.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_24_-_2023_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_motorista.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_25_-_2023_-_autoriza_a_contratacao_emergencial_de_pessoal_-_varios_cargos.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_26_-_2023_-_diagnostico_tecnico_socioambiental.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_no_27_loa_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_28_-_2023_-_criacao_do_fundo_de_defesa_civil.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_29_-_2023_-_altera_lei_do_subsidio_da_terceirizacao_de_horas_maquinas_para_silagem.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_30_-_2023_-_altera_lei_no_1076-2023_-_contratacao_emergencial.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_do_legislativo_reajuste_2023.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="179.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="178.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="248.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>