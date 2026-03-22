--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -51,382 +51,382 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei__01_-_2022_-_autorizacao_transporte.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei__01_-_2022_-_autorizacao_transporte.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR OU CONCEDER	AUXÍLIO	PARA TRANSPORTE DE TRABALHADORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_202_-_autoriza_a_renovacao_do_termo_de_fomento_com_a_associacao_dos_universitarios.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_202_-_autoriza_a_renovacao_do_termo_de_fomento_com_a_associacao_dos_universitarios.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RENOVAR O TERMO DE FOMENTO COM A ASSOCIAÇÃO UNIVERSITÁRIA E CULTURAL DE ENGENHO VELHO – RS - AUCEV E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_2022_-_reestrutura_o_conselho_municipal_de_saude.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_2022_-_reestrutura_o_conselho_municipal_de_saude.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 03/1993 DE 25 DE JANEIRO DE 1993, REESTRUTURA O CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI 04 - 2022 - AUTORIZA A CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_2022_-_revisao_geral_servidores.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_2022_-_revisao_geral_servidores.docx</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL DOS SERVIDORES – ART. 37, X, DA CF, AOS VENCIMENTOS DOS SERVIDORES, QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_06_-_2022_-_autoriza_a_adquiir_o_poco_de_agua_da_linha_trombetta.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_06_-_2022_-_autoriza_a_adquiir_o_poco_de_agua_da_linha_trombetta.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSUMIR A RESPONSABILIDADE E PROPREDADE DO POÇO DE ÁGUA DA LINHA TROMBETTA – (PRÓXIMO AO FRIGORÍFICO), QUITAR OS DÉBITOS PENDENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_07_-_2022_-_contratacao_emergencial.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_07_-_2022_-_contratacao_emergencial.doc</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_08_-_2021_-_modifica_a_extrutura_administrativa_do_municipio_extingue_e_cria_cargos_consolida_e_da_outras_providencias.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_08_-_2021_-_modifica_a_extrutura_administrativa_do_municipio_extingue_e_cria_cargos_consolida_e_da_outras_providencias.docx</t>
   </si>
   <si>
     <t>MODIFICA A ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO, EXTINGUE E CRIA CARGOS, CONSOLIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_09_-_2022_-_autoriza_ingresso_no_consorcio_comunors.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_09_-_2022_-_autoriza_ingresso_no_consorcio_comunors.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ENGENHO VELHO – RS A PARTICIPAR E INTEGRAR O CONSÓRCIO DE DESENVOLVIMENTO DOS MUNICÍPIOS DO NORTE DO RIO GRANDE DO SUL – COMUNORS, NA FORMA EM QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_10_-_2022_-_autoriza_auxilio_financeiro_projeto_cavalga_caminhos_dos_tropeiros.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_10_-_2022_-_autoriza_auxilio_financeiro_projeto_cavalga_caminhos_dos_tropeiros.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXILIO FINANCEIRO AO CTG PASSO DOS TROPEIROS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_n_11_-_2022_-_altera_a_lei_no_999_de_17_de_juho_de_2021_afastamento_gestantes.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_n_11_-_2022_-_altera_a_lei_no_999_de_17_de_juho_de_2021_afastamento_gestantes.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 0999/2021, DE 17 DE JULHO DE 2021, PARA DISCIPLINAR O AFASTAMENTO DAS SERVIDORAS GESTANTES, NÃO IMUNIZADA CONTRA O CORONAVÍRUS SARS-COV-2 DAS ATIVIDADES DE TRABALHO PRESENCIAL QUANDO A ATIVIDADE LABORAL POR ELA EXERCIDA FOR INCOMPATÍVEL COM A SUA REALIZAÇÃO EM SEU DOMICÍLIO, POR MEIO DE TELETRABALHO, TRABALHO REMOTO OU OUTRA FORMA DE TRABALHO A DISTÂNCIA, NOS TERMOS EM QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 13 DA LEI MUNICIPAL N° 768/2012, DE 14 DE NOVEMBRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 1022/2022, DE 25 DE JANEIRO DE 2022, AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_14_-_2022_-_autoriza_o_municipio_como_participante_garantidor_de_operacao_de_credito_-_conigepu.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_14_-_2022_-_autoriza_o_municipio_como_participante_garantidor_de_operacao_de_credito_-_conigepu.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO COMO PARTICIPANTE E GARANTIDOR DE OPERAÇÃO DE CRÉDITO A SER FIRMADO PELO CONSÓRCIO INTERMUNICIPAL DE COOPERAÇÃO EM GESTÃO PUBLICA CONIGEPU JUNTO AO BRDE – BANCO REGIONAL DE DESENVOLVIMENTO DO EXTREMO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_15_-_2022_-_autoriza_a_doacao_de_quadros_de_madeira_inserviveis.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_15_-_2022_-_autoriza_a_doacao_de_quadros_de_madeira_inserviveis.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DOAR BENS MÓVEIS DE PROPRIEDADE DO MUNICÍPIO, INSERVÍVEIS PARA A ADMINISTRAÇÃO PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_16_-_2022_-_autoriza_a_contratar_operacao_de_credito_badesul.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_16_-_2022_-_autoriza_a_contratar_operacao_de_credito_badesul.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A – AGÊNCIA DE FOMENTO/RS PARA OBRAS DE INFRAESTRUTURA RODOVIÁRIA - PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_17_-_2022_-_altera_a_lei_no_823_de_09_de_setembro_de_2014_e_lei_municipal_859_de_21_de_janeiro_de_2016.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_17_-_2022_-_altera_a_lei_no_823_de_09_de_setembro_de_2014_e_lei_municipal_859_de_21_de_janeiro_de_2016.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 823/2014, DE 09 DE SETEMBRO DE 2014, A QUAL CRIA O EMPREGO PÚBLICO DE AGENTE COMUNITÁRIO DE SAÚDE (ACS), E A LEI MUNICIPAL Nº 859/2016, DE 21 DE JANEIRO DE 2016, A QUAL CRIA O EMPREGO PÚBLICO DE AGENTE DE COMBATE A ENDEMIAS (ACE), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>“AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_20_-_2022_-_altera_plano_de_carreira_do_magisterio.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_20_-_2022_-_altera_plano_de_carreira_do_magisterio.doc</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ARTIGO 32 DA LEI MUNICIPAL Nº 869//2016, DO PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE ENGENHO VELHO/RS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_21_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_21_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER SUBSÍDIO FINANCEIRO AOS AGRICULTORES PARA CUSTEAR A TERCEIRIZAÇÃO DE HORAS MÁQUINAS NA PRODUÇÃO DE SILAGEM NAS PROPRIEDADES RURAIS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 _x000D_
 O PROJETO FOI RETIRADO PELO AUTOR CONFORME OFÍCIO 116/2022</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_22_-_2022_-_revoga_a_lei_municipal_no_0985-2021_concede_aumento_real_aos_vencimentos_dos_servidores_e_da_outras_provudencias.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_22_-_2022_-_revoga_a_lei_municipal_no_0985-2021_concede_aumento_real_aos_vencimentos_dos_servidores_e_da_outras_provudencias.doc</t>
   </si>
   <si>
     <t>“REVOGA A LEI MUNICIPAL Nº 0985/2021, DE 20 DE JANEIRO DE 2021, CONCEDE AUMENTO REAL AOS VENCIMENTOS DOS SERVIDORES, ALTERA O VALOR DE REFERÊNCIA PREVISTO NA LEI Nº 1021/2022, DE 25 DE JANEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_23_-_2022_-_autoriza_ajuda_de_custo_programa_mais_medicos.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_23_-_2022_-_autoriza_ajuda_de_custo_programa_mais_medicos.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AJUDA DE CUSTO MENSAL AOS MÉDICOS PARTICIPANTES DO PROGRAMA MÉDICOS PELO O BRASIL QUE EXERCEREM ATIVIDADES NO MUNICÍPIO DE ENGENHO VELHO - RS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_24_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_24_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER SUBSÍDIO FINANCEIRO AOS AGRICULTORES/PRODUTORES RURAS PARA CUSTEAR A TERCEIRIZAÇÃO DE HORAS MÁQUINAS PARA A PRODUÇÃO DE SILAGEM NAS PROPRIEDADES RURAIS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_25_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_medico_veterinario.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_25_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_medico_veterinario.doc</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_26-2022_ldo_2023.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_26-2022_ldo_2023.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_27_-_2022_-_institui_sobreaviso_-_servente_-_encanador_-_operario.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_27_-_2022_-_institui_sobreaviso_-_servente_-_encanador_-_operario.doc</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE SOBREAVISO NO SERVIÇO PÚBLICO MUNICIPAL EM CARGOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_28_-_2022_-_autoriza_o_executivo_a_custear_despesas_com_a_confraternizacao_dos_servidores.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_28_-_2022_-_autoriza_o_executivo_a_custear_despesas_com_a_confraternizacao_dos_servidores.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CUSTEAR AS DESPESAS COM A CONFRATERNIZAÇÃO DE FINAL DE ANO DOS FUNCIONÁRIOS PÚBLICOS DE ENGENHO VELHO – RS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_29_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_nutricionista.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_29_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_nutricionista.doc</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_30_-_2022_-_loa_com_seus_anexos.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_30_-_2022_-_loa_com_seus_anexos.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ENGENHO VELHO PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_32_-_2022_-_autoriza_a_contratacao_emergencial_de_pessoal.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_32_-_2022_-_autoriza_a_contratacao_emergencial_de_pessoal.doc</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_33_-_2022_-_altera_a_lei_962_-_2020_-_percentual_de_contribuicao_do_ipe_-_rs.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_33_-_2022_-_altera_a_lei_962_-_2020_-_percentual_de_contribuicao_do_ipe_-_rs.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 0983/2020, DE 22 DE DEZEMBRO DE 2020 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_do_legislativo_no_01_servidores.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_do_legislativo_no_01_servidores.docx</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL E ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE VEREADORES”.</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_do_legislativo_no_02_agentes.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_do_legislativo_no_02_agentes.docx</t>
   </si>
   <si>
     <t>“CONCEDE REPOSIÇÃO NOS SUBSÍDIOS DOS VEREADORES, PREFEITO, VICE-PREFEITO E SECRETÁRIOS”.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_do_legislativo_reajuste_22_2o.docx</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_do_legislativo_reajuste_22_2o.docx</t>
   </si>
   <si>
     <t>“REVOGA A LEI MUNICIPAL Nº 0987/2021, DE 20 DE JANEIRO DE 2021, CONCEDE AUMENTO REAL NOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -733,68 +733,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei__01_-_2022_-_autorizacao_transporte.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_202_-_autoriza_a_renovacao_do_termo_de_fomento_com_a_associacao_dos_universitarios.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_2022_-_reestrutura_o_conselho_municipal_de_saude.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_2022_-_revisao_geral_servidores.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_06_-_2022_-_autoriza_a_adquiir_o_poco_de_agua_da_linha_trombetta.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_07_-_2022_-_contratacao_emergencial.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_08_-_2021_-_modifica_a_extrutura_administrativa_do_municipio_extingue_e_cria_cargos_consolida_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_09_-_2022_-_autoriza_ingresso_no_consorcio_comunors.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_10_-_2022_-_autoriza_auxilio_financeiro_projeto_cavalga_caminhos_dos_tropeiros.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_n_11_-_2022_-_altera_a_lei_no_999_de_17_de_juho_de_2021_afastamento_gestantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_14_-_2022_-_autoriza_o_municipio_como_participante_garantidor_de_operacao_de_credito_-_conigepu.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_15_-_2022_-_autoriza_a_doacao_de_quadros_de_madeira_inserviveis.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_16_-_2022_-_autoriza_a_contratar_operacao_de_credito_badesul.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_17_-_2022_-_altera_a_lei_no_823_de_09_de_setembro_de_2014_e_lei_municipal_859_de_21_de_janeiro_de_2016.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_20_-_2022_-_altera_plano_de_carreira_do_magisterio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_21_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_22_-_2022_-_revoga_a_lei_municipal_no_0985-2021_concede_aumento_real_aos_vencimentos_dos_servidores_e_da_outras_provudencias.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_23_-_2022_-_autoriza_ajuda_de_custo_programa_mais_medicos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_24_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_25_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_medico_veterinario.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_26-2022_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_27_-_2022_-_institui_sobreaviso_-_servente_-_encanador_-_operario.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_28_-_2022_-_autoriza_o_executivo_a_custear_despesas_com_a_confraternizacao_dos_servidores.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_29_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_nutricionista.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_30_-_2022_-_loa_com_seus_anexos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_32_-_2022_-_autoriza_a_contratacao_emergencial_de_pessoal.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_33_-_2022_-_altera_a_lei_962_-_2020_-_percentual_de_contribuicao_do_ipe_-_rs.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_do_legislativo_no_01_servidores.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_do_legislativo_no_02_agentes.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_do_legislativo_reajuste_22_2o.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei__01_-_2022_-_autorizacao_transporte.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_202_-_autoriza_a_renovacao_do_termo_de_fomento_com_a_associacao_dos_universitarios.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_2022_-_reestrutura_o_conselho_municipal_de_saude.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_2022_-_revisao_geral_servidores.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_06_-_2022_-_autoriza_a_adquiir_o_poco_de_agua_da_linha_trombetta.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_07_-_2022_-_contratacao_emergencial.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_08_-_2021_-_modifica_a_extrutura_administrativa_do_municipio_extingue_e_cria_cargos_consolida_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_09_-_2022_-_autoriza_ingresso_no_consorcio_comunors.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_10_-_2022_-_autoriza_auxilio_financeiro_projeto_cavalga_caminhos_dos_tropeiros.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_n_11_-_2022_-_altera_a_lei_no_999_de_17_de_juho_de_2021_afastamento_gestantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_14_-_2022_-_autoriza_o_municipio_como_participante_garantidor_de_operacao_de_credito_-_conigepu.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_15_-_2022_-_autoriza_a_doacao_de_quadros_de_madeira_inserviveis.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_16_-_2022_-_autoriza_a_contratar_operacao_de_credito_badesul.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_17_-_2022_-_altera_a_lei_no_823_de_09_de_setembro_de_2014_e_lei_municipal_859_de_21_de_janeiro_de_2016.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_20_-_2022_-_altera_plano_de_carreira_do_magisterio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_21_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_22_-_2022_-_revoga_a_lei_municipal_no_0985-2021_concede_aumento_real_aos_vencimentos_dos_servidores_e_da_outras_provudencias.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_23_-_2022_-_autoriza_ajuda_de_custo_programa_mais_medicos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_24_-_2022_-_autoriza_subsidio_financeiro_agricultores_-_silagem.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_25_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_medico_veterinario.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_26-2022_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_27_-_2022_-_institui_sobreaviso_-_servente_-_encanador_-_operario.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_28_-_2022_-_autoriza_o_executivo_a_custear_despesas_com_a_confraternizacao_dos_servidores.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_29_-_2022_-_autoriza_a_contratacao_de_pessoal_emergencialmente_-_nutricionista.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_30_-_2022_-_loa_com_seus_anexos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_32_-_2022_-_autoriza_a_contratacao_emergencial_de_pessoal.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_33_-_2022_-_altera_a_lei_962_-_2020_-_percentual_de_contribuicao_do_ipe_-_rs.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_do_legislativo_no_01_servidores.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_do_legislativo_no_02_agentes.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_do_legislativo_reajuste_22_2o.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="215.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="215" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>