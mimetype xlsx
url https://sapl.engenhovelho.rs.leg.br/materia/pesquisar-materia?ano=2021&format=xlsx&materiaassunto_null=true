--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -51,163 +51,163 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Institui no Município de Engenho Vellho - RS a contribuição para custeio da iluminação pública - CIP, prevista no artigo 149-A da Constituição Federal, e da outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_26_-_2021_-_autoriza_a_concessao_de_uso_-_camara_fria.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_26_-_2021_-_autoriza_a_concessao_de_uso_-_camara_fria.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE ENGENHO VELHO – RS CONCEDER EM USO EQUIPAMENTOS DE REFRIGERAÇÃO (CÂMARA FRIA/FRIGORÍFICA) PARA AGROINDÚSTRIA DE EMBUTIDOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_27_-_2021_-_contratacao_emergencial_-_servente.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_27_-_2021_-_contratacao_emergencial_-_servente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL EMERGENCIALMENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_28_-_2021_-_autoriza_o_executivo_a_custear_projeto_socio_emocional_dos_funcionarios_publicos_do_municipio_de_engenho_velho.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_28_-_2021_-_autoriza_o_executivo_a_custear_projeto_socio_emocional_dos_funcionarios_publicos_do_municipio_de_engenho_velho.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CUSTEAR AS DESPESAS DO PROJETO SÓCIO EMOCIONAL DOS FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE ENGENHO VELHO – RS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_29_-_2021_-_cria_o_programa_rumo_ao_campo.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_29_-_2021_-_cria_o_programa_rumo_ao_campo.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA RUMO AO CAMPO, COM INCENTIVO À ATIVIDADE DE BOVINOCULTURA DE LEITE, MELHORANDO A SANIDADE ANIMAL DO_x000D_
 REBANHO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_30__-_2021.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_30__-_2021.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE ENGENHO VELHO - RS A COMPLEMENTAR O PAGAMENTO DE EXAMES LABORATORIAIS PELO SUS E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_31_-_2021.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_31_-_2021.doc</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_032-2021_loa_20222.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_032-2021_loa_20222.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ENGENHO VELHO PARA O EXERCÍCIO FINANCEIRO DE 2022</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_33_-_2021.doc</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_33_-_2021.doc</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_34_-_2021_-_contratacao_emergencial_-_acs.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_34_-_2021_-_contratacao_emergencial_-_acs.pdf</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_35_-_2021_-_autoriza_o_executivo_a_promover_anistia_das_multas_e_remissao_dos_juros_de_dividas_vencidas.pdf</t>
+    <t>http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_35_-_2021_-_autoriza_o_executivo_a_promover_anistia_das_multas_e_remissao_dos_juros_de_dividas_vencidas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE ENGENHO VELHO A PROMOVER ANISTIA DAS MULTAS E REMISSÃO DOS JUROS DE DÍVIDAS VENCIDAS, INSCRITAS EM DÍVIDAS ATIVA E/OU EM FASE DE EXECUÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -514,68 +514,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_26_-_2021_-_autoriza_a_concessao_de_uso_-_camara_fria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_27_-_2021_-_contratacao_emergencial_-_servente.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_28_-_2021_-_autoriza_o_executivo_a_custear_projeto_socio_emocional_dos_funcionarios_publicos_do_municipio_de_engenho_velho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_29_-_2021_-_cria_o_programa_rumo_ao_campo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_30__-_2021.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_31_-_2021.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_032-2021_loa_20222.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_33_-_2021.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_34_-_2021_-_contratacao_emergencial_-_acs.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_35_-_2021_-_autoriza_o_executivo_a_promover_anistia_das_multas_e_remissao_dos_juros_de_dividas_vencidas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_26_-_2021_-_autoriza_a_concessao_de_uso_-_camara_fria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_27_-_2021_-_contratacao_emergencial_-_servente.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_28_-_2021_-_autoriza_o_executivo_a_custear_projeto_socio_emocional_dos_funcionarios_publicos_do_municipio_de_engenho_velho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_29_-_2021_-_cria_o_programa_rumo_ao_campo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_30__-_2021.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_31_-_2021.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_032-2021_loa_20222.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_33_-_2021.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_34_-_2021_-_contratacao_emergencial_-_acs.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenhovelho.rs.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_35_-_2021_-_autoriza_o_executivo_a_promover_anistia_das_multas_e_remissao_dos_juros_de_dividas_vencidas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="211" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="210.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="209.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>